--- v0 (2025-10-26)
+++ v1 (2026-02-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$T$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>RaceNo</t>
   </si>
   <si>
     <t>UCI ID</t>
   </si>
   <si>
     <t>Firstname</t>
   </si>
   <si>
     <t>Lastname</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>YearOfBirth</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
@@ -968,53 +968,50 @@
     <t>Elenka</t>
   </si>
   <si>
     <t>ŠUJANOVÁ</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>+39:05</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>Sergii</t>
   </si>
   <si>
     <t>SHARAIEV</t>
   </si>
   <si>
     <t>1972</t>
-  </si>
-[...1 lines deleted...]
-    <t>UKR</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2:51:37</t>
   </si>
   <si>
     <t>+1:09:14</t>
   </si>
   <si>
     <t>+45:51</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>HALMEŠ</t>
   </si>
   <si>
     <t>40</t>
   </si>
@@ -3191,145 +3188,145 @@
       </c>
       <c r="O39" t="s">
         <v>307</v>
       </c>
       <c r="P39" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>314</v>
       </c>
       <c r="C40" t="s">
         <v>315</v>
       </c>
       <c r="D40" t="s">
         <v>316</v>
       </c>
       <c r="E40" t="s">
         <v>23</v>
       </c>
       <c r="F40" t="s">
         <v>317</v>
       </c>
       <c r="G40" t="s">
-        <v>318</v>
+        <v>25</v>
       </c>
       <c r="I40" t="s">
         <v>126</v>
       </c>
       <c r="J40" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="K40" t="s">
         <v>267</v>
       </c>
       <c r="L40" t="s">
         <v>57</v>
       </c>
       <c r="M40" t="s">
+        <v>319</v>
+      </c>
+      <c r="N40" t="s">
         <v>320</v>
       </c>
-      <c r="N40" t="s">
+      <c r="O40" t="s">
+        <v>320</v>
+      </c>
+      <c r="P40" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
+        <v>322</v>
+      </c>
+      <c r="C41" t="s">
         <v>323</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>49</v>
       </c>
       <c r="G41" t="s">
         <v>25</v>
       </c>
       <c r="I41" t="s">
         <v>27</v>
       </c>
       <c r="J41" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="K41" t="s">
         <v>274</v>
       </c>
       <c r="L41" t="s">
         <v>110</v>
       </c>
       <c r="M41" t="s">
+        <v>326</v>
+      </c>
+      <c r="N41" t="s">
         <v>327</v>
       </c>
-      <c r="N41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O41" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="P41" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C42" t="s">
         <v>47</v>
       </c>
       <c r="D42" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="E42" t="s">
         <v>23</v>
       </c>
       <c r="F42" t="s">
         <v>244</v>
       </c>
       <c r="G42" t="s">
         <v>25</v>
       </c>
       <c r="I42" t="s">
         <v>35</v>
       </c>
       <c r="M42" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:T1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>