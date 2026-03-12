--- v0 (2025-10-28)
+++ v1 (2026-03-12)
@@ -4976,51 +4976,51 @@
       </c>
       <c r="O63" t="s">
         <v>449</v>
       </c>
       <c r="P63" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>450</v>
       </c>
       <c r="C64" t="s">
         <v>451</v>
       </c>
       <c r="D64" t="s">
         <v>452</v>
       </c>
       <c r="E64" t="s">
         <v>23</v>
       </c>
       <c r="F64" t="s">
         <v>415</v>
       </c>
       <c r="G64" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="H64" t="s">
         <v>116</v>
       </c>
       <c r="I64" t="s">
         <v>80</v>
       </c>
       <c r="J64" t="s">
         <v>210</v>
       </c>
       <c r="K64" t="s">
         <v>444</v>
       </c>
       <c r="L64" t="s">
         <v>38</v>
       </c>
       <c r="M64" t="s">
         <v>453</v>
       </c>
       <c r="N64" t="s">
         <v>454</v>
       </c>
       <c r="O64" t="s">
         <v>454</v>
       </c>